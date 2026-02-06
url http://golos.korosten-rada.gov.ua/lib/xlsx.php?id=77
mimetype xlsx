--- v0 (2025-10-18)
+++ v1 (2026-02-06)
@@ -9,109 +9,238 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>I сесія VIII скликання</t>
   </si>
   <si>
     <t>Коростенська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Головійчук Олег Сергійович</t>
+  </si>
+  <si>
+    <t>Авраменко Сергій Анатолійович</t>
+  </si>
+  <si>
+    <t>Бойко Дмитро Васильович</t>
+  </si>
+  <si>
+    <t>Васькевич Микола Григорович</t>
+  </si>
+  <si>
+    <t>Васянович Андрій Юрійович</t>
+  </si>
+  <si>
+    <t>Гавенко Олег Анатолійович</t>
+  </si>
+  <si>
+    <t>Олексійчук Ольга Петрівна</t>
+  </si>
+  <si>
+    <t>Грищенко Віталій Васильович</t>
+  </si>
+  <si>
+    <t>Гурінчук Андрій Вікторович</t>
+  </si>
+  <si>
+    <t>Гуськов Володимир Валерійович</t>
+  </si>
+  <si>
+    <t>Дідківський Вадим Миколайович</t>
+  </si>
+  <si>
+    <t>Дідус Дмитро Олександрович</t>
+  </si>
+  <si>
+    <t>Заєць Микола Анатолійович</t>
+  </si>
+  <si>
+    <t>Кереселідзе Тетяна Вікторівна</t>
+  </si>
+  <si>
+    <t>Ковальчук Владислав Анатолійович</t>
+  </si>
+  <si>
+    <t>Козак Юлія Володимирівна</t>
+  </si>
+  <si>
+    <t>Краєвський Андрій Валерійович</t>
+  </si>
+  <si>
+    <t>Краснокутська Алла Володимирівна</t>
+  </si>
+  <si>
+    <t>Куницький Василь Іванович</t>
+  </si>
+  <si>
+    <t>Лазаренко Валентина Володимирівна</t>
+  </si>
+  <si>
+    <t>Лінькова Людмила Володимирівна</t>
+  </si>
+  <si>
+    <t>Мостівенко Тетяна Аркадіївна</t>
+  </si>
+  <si>
+    <t>Науменко Віталій Анатолійович</t>
+  </si>
+  <si>
+    <t>Науменко Олена Володимирівна</t>
+  </si>
+  <si>
+    <t>Недашківський Андрій Миколайович</t>
+  </si>
+  <si>
+    <t>Олексійчук Олександр Степанович</t>
+  </si>
+  <si>
+    <t>Поліщук Ірина Іванівна</t>
+  </si>
+  <si>
+    <t>Потопальський Юрій Володимирович</t>
+  </si>
+  <si>
+    <t>Скляревська Катерина Леонідівна</t>
+  </si>
+  <si>
+    <t>Стужук Володимир Миколайович</t>
+  </si>
+  <si>
+    <t>Тертична Наталія Андріївна</t>
+  </si>
+  <si>
+    <t>Турушин Вадим Євгенійович</t>
+  </si>
+  <si>
+    <t>Єсін Ігор Володимирович</t>
+  </si>
+  <si>
+    <t>Шишук Яків Омелянович</t>
+  </si>
+  <si>
+    <t>Юхимович Юлія Вікторівна</t>
+  </si>
+  <si>
+    <t>Ярошевець Сергій Васильович</t>
+  </si>
+  <si>
+    <t>Москаленко Володимир Васильович</t>
+  </si>
+  <si>
+    <t>Шевченко Алла Михайлівна</t>
+  </si>
+  <si>
+    <t>Литвинюк Віта Володимирівна</t>
+  </si>
+  <si>
     <t>19.11.20  11:03:46</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
+    <t>За</t>
+  </si>
+  <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>19.11.20  11:10:28</t>
   </si>
   <si>
     <t>01.12.20  10:33:37</t>
   </si>
   <si>
     <t>За: 37</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
+    <t>Утр.</t>
+  </si>
+  <si>
     <t>01.12.20  10:43:10</t>
   </si>
   <si>
     <t>1397Про затвердження змін у структурі виконавчих органів міської ради</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 7</t>
   </si>
   <si>
+    <t>Не голос.</t>
+  </si>
+  <si>
     <t>01.12.20  10:44:34</t>
   </si>
   <si>
     <t>1398Про затвердження змін у структурі виконавчих органів міської ради</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>01.12.20  10:46:21</t>
   </si>
   <si>
     <t>1399Про затвердження змін у структурі виконавчих органів міської ради</t>
   </si>
   <si>
     <t>За: 31</t>
   </si>
   <si>
     <t>01.12.20  11:03:27</t>
   </si>
   <si>
     <t>01.12.20  11:05:43</t>
   </si>
   <si>
     <t>За: 39</t>
@@ -179,997 +308,5109 @@
   <si>
     <t>Утримались: 3</t>
   </si>
   <si>
     <t>03.12.20  11:44:57</t>
   </si>
   <si>
     <t>1449Про обрання секретаря Коростенської міської ради VІII скликання.</t>
   </si>
   <si>
     <t>10.12.20  10:13:20</t>
   </si>
   <si>
     <t>10.12.20  10:27:47</t>
   </si>
   <si>
     <t>1454Про затвердження старост Коростенської міської територіальної громади</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 3</t>
   </si>
   <si>
+    <t>Проти</t>
+  </si>
+  <si>
     <t>10.12.20  11:32:23</t>
   </si>
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>10.12.20  11:35:20</t>
   </si>
   <si>
     <t>10.12.20  11:38:02</t>
   </si>
   <si>
     <t>1460Про затвердження структури виконавчих органів Коростенської міської ради</t>
   </si>
   <si>
     <t>10.12.20  11:51:50</t>
   </si>
   <si>
     <t>10.12.20  11:54:01</t>
   </si>
   <si>
     <t>1462Про внесення змін до сільського бюджету Обиходівської сільської ради на 2020 рік</t>
   </si>
   <si>
     <t>10.12.20  11:54:52</t>
   </si>
   <si>
     <t>1463Про внесення змін до сільського бюджету Стремигородської сільської ради на 2020 рік</t>
   </si>
   <si>
     <t>10.12.20  11:55:42</t>
   </si>
   <si>
     <t>1464Про внесення змін до сільського бюджету Ходаківської сільської ради на 2020 рік</t>
   </si>
   <si>
     <t>10.12.20  11:56:30</t>
   </si>
   <si>
     <t>1465Про внесення змін до сільського бюджету Михайлівської сільської ради на 2020 рік</t>
   </si>
   <si>
     <t>10.12.20  11:57:52</t>
   </si>
   <si>
     <t>1466Про затвердження старост Коростенської міської територіальної громади</t>
+  </si>
+  <si>
+    <t>За: 25</t>
+  </si>
+  <si>
+    <t>За: 27</t>
+  </si>
+  <si>
+    <t>За: 18</t>
+  </si>
+  <si>
+    <t>За: 12</t>
+  </si>
+  <si>
+    <t>За: 26</t>
+  </si>
+  <si>
+    <t>За: 21</t>
+  </si>
+  <si>
+    <t>За: 23</t>
+  </si>
+  <si>
+    <t>За: 19</t>
+  </si>
+  <si>
+    <t>За: 28</t>
+  </si>
+  <si>
+    <t>За: 16</t>
+  </si>
+  <si>
+    <t>За: 24</t>
+  </si>
+  <si>
+    <t>Проти: 1</t>
+  </si>
+  <si>
+    <t>Утр.: 1</t>
+  </si>
+  <si>
+    <t>Утр.: 0</t>
+  </si>
+  <si>
+    <t>Утр.: 2</t>
+  </si>
+  <si>
+    <t>Утр.: 3</t>
+  </si>
+  <si>
+    <t>Утр.: 4</t>
+  </si>
+  <si>
+    <t>Не голос.: 1</t>
+  </si>
+  <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 10</t>
+  </si>
+  <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
+    <t>Не голос.: 6</t>
+  </si>
+  <si>
+    <t>Не голос.: 4</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
+    <t>Відсут.: 0</t>
+  </si>
+  <si>
+    <t>Відсут.: 15</t>
+  </si>
+  <si>
+    <t>Відсут.: 1</t>
+  </si>
+  <si>
+    <t>Відсут.: 3</t>
+  </si>
+  <si>
+    <t>Відсут.: 11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:AU34"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
-    <col min="7" max="7" width="14"/>
-    <col min="8" max="8" width="24"/>
+    <col min="7" max="7" width="15"/>
+    <col min="8" max="8" width="15"/>
+    <col min="9" max="9" width="15"/>
+    <col min="10" max="10" width="15"/>
+    <col min="11" max="11" width="15"/>
+    <col min="12" max="12" width="15"/>
+    <col min="13" max="13" width="15"/>
+    <col min="14" max="14" width="15"/>
+    <col min="15" max="15" width="15"/>
+    <col min="16" max="16" width="15"/>
+    <col min="17" max="17" width="15"/>
+    <col min="18" max="18" width="15"/>
+    <col min="19" max="19" width="15"/>
+    <col min="20" max="20" width="15"/>
+    <col min="21" max="21" width="15"/>
+    <col min="22" max="22" width="15"/>
+    <col min="23" max="23" width="15"/>
+    <col min="24" max="24" width="15"/>
+    <col min="25" max="25" width="15"/>
+    <col min="26" max="26" width="15"/>
+    <col min="27" max="27" width="15"/>
+    <col min="28" max="28" width="15"/>
+    <col min="29" max="29" width="15"/>
+    <col min="30" max="30" width="15"/>
+    <col min="31" max="31" width="15"/>
+    <col min="32" max="32" width="15"/>
+    <col min="33" max="33" width="15"/>
+    <col min="34" max="34" width="15"/>
+    <col min="35" max="35" width="15"/>
+    <col min="36" max="36" width="15"/>
+    <col min="37" max="37" width="15"/>
+    <col min="38" max="38" width="15"/>
+    <col min="39" max="39" width="15"/>
+    <col min="40" max="40" width="15"/>
+    <col min="41" max="41" width="15"/>
+    <col min="42" max="42" width="15"/>
+    <col min="43" max="43" width="15"/>
+    <col min="44" max="44" width="15"/>
+    <col min="45" max="45" width="15"/>
+    <col min="46" max="46" width="47"/>
+    <col min="47" max="47" width="53"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
+      <c r="I1" t="s" s="3">
+        <v>5</v>
+      </c>
+      <c r="J1" t="s" s="3">
+        <v>6</v>
+      </c>
+      <c r="K1" t="s" s="3">
+        <v>7</v>
+      </c>
+      <c r="L1" t="s" s="3">
+        <v>8</v>
+      </c>
+      <c r="M1" t="s" s="3">
+        <v>9</v>
+      </c>
+      <c r="N1" t="s" s="3">
+        <v>10</v>
+      </c>
+      <c r="O1" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="P1" t="s" s="3">
+        <v>12</v>
+      </c>
+      <c r="Q1" t="s" s="3">
+        <v>13</v>
+      </c>
+      <c r="R1" t="s" s="3">
+        <v>14</v>
+      </c>
+      <c r="S1" t="s" s="3">
+        <v>15</v>
+      </c>
+      <c r="T1" t="s" s="3">
+        <v>16</v>
+      </c>
+      <c r="U1" t="s" s="3">
+        <v>17</v>
+      </c>
+      <c r="V1" t="s" s="3">
+        <v>18</v>
+      </c>
+      <c r="W1" t="s" s="3">
+        <v>19</v>
+      </c>
+      <c r="X1" t="s" s="3">
+        <v>20</v>
+      </c>
+      <c r="Y1" t="s" s="3">
+        <v>21</v>
+      </c>
+      <c r="Z1" t="s" s="3">
+        <v>22</v>
+      </c>
+      <c r="AA1" t="s" s="3">
+        <v>23</v>
+      </c>
+      <c r="AB1" t="s" s="3">
+        <v>24</v>
+      </c>
+      <c r="AC1" t="s" s="3">
+        <v>25</v>
+      </c>
+      <c r="AD1" t="s" s="3">
+        <v>26</v>
+      </c>
+      <c r="AE1" t="s" s="3">
+        <v>27</v>
+      </c>
+      <c r="AF1" t="s" s="3">
+        <v>28</v>
+      </c>
+      <c r="AG1" t="s" s="3">
+        <v>29</v>
+      </c>
+      <c r="AH1" t="s" s="3">
+        <v>30</v>
+      </c>
+      <c r="AI1" t="s" s="3">
+        <v>31</v>
+      </c>
+      <c r="AJ1" t="s" s="3">
+        <v>32</v>
+      </c>
+      <c r="AK1" t="s" s="3">
+        <v>33</v>
+      </c>
+      <c r="AL1" t="s" s="3">
+        <v>34</v>
+      </c>
+      <c r="AM1" t="s" s="3">
+        <v>35</v>
+      </c>
+      <c r="AN1" t="s" s="3">
+        <v>36</v>
+      </c>
+      <c r="AO1" t="s" s="3">
+        <v>37</v>
+      </c>
+      <c r="AP1" t="s" s="3">
+        <v>38</v>
+      </c>
+      <c r="AQ1" t="s" s="3">
+        <v>39</v>
+      </c>
+      <c r="AR1" t="s" s="3">
+        <v>40</v>
+      </c>
+      <c r="AS1" t="s" s="3">
+        <v>41</v>
+      </c>
+      <c r="AT1" t="s" s="3">
+        <v>42</v>
+      </c>
+      <c r="AU1" t="s" s="3">
+        <v>43</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="C2" t="inlineStr" s="4">
         <is>
           <t>1388Про підсумки виборів депутатів Коростенської міської ради VIIІ скликання та Коростенського міського голови, визнання їх повноважень</t>
         </is>
       </c>
       <c r="D2" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="G2" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>10</v>
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT2" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>1392Про утворення робочої групи по розробці Регламенту роботи міської ради та Положення про постійні комісії міської ради VIІІ скликання</t>
         </is>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="G3" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>10</v>
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA3" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT3" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>1396Про визнання повноважень депутата Коростенської міської ради VIIІ скликання Литвинюк В.В.</t>
         </is>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G4" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V4" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="W4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS4" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AT4" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU4" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s" s="4">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="G5" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="J5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="K5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="L5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="M5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="O5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Q5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="R5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="T5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="V5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Y5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Z5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AA5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AB5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AC5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AD5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AE5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AH5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AJ5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AN5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AO5" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AP5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AQ5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS5" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT5" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AU5" t="s" s="5">
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s" s="4">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Q6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R6" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="S6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="T6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="U6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="W6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Z6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AA6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AB6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AF6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AH6" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AJ6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AL6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AN6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AO6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AQ6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS6" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT6" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AU6" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s" s="4">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AF7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AH7" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR7" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT7" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU7" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>1400Про затвердження структури апарату управління виконавчих органів Коростенської міської ради</t>
         </is>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E8" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="G8" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I8" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="J8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AF8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AH8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR8" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT8" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU8" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>1401Про затвердження Положення про старосту Коростенської міської територіальної громади</t>
         </is>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G9" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU9" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s" s="4">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="G10" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>32</v>
+        <v>75</v>
+      </c>
+      <c r="I10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="L10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R10" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="W10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="X10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AF10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AG10" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AH10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR10" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT10" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU10" t="s" s="5">
+        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="C11" t="s" s="4">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G11" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR11" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AS11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT11" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU11" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>1415Про затвердження першого заступника міського голови та  заступників міського голови з питань діяльності виконавчих органів ради, керуючого справами виконкому  </t>
         </is>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F12" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G12" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H12" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR12" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT12" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU12" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>1421Про затвердження першого заступника міського голови та  заступників міського голови з питань діяльності виконавчих органів ради, керуючого справами виконкому  </t>
         </is>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="G13" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H13" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR13" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT13" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU13" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="C14" t="s" s="4">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="G14" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H14" t="s">
-        <v>41</v>
+        <v>84</v>
+      </c>
+      <c r="I14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M14" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R14" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W14" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="X14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE14" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AF14" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AG14" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AH14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK14" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AL14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR14" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT14" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU14" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>1436Про утворення постійних комісій міської ради, затвердження їх складу та обрання голів постійних комісій.</t>
         </is>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E15" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G15" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H15" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ15" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AK15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM15" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AN15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT15" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU15" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>1444Про утворення постійних комісій міської ради, затвердження їх складу та обрання голів постійних комісій.</t>
         </is>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F16" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
       <c r="G16" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H16" t="s">
-        <v>45</v>
+        <v>88</v>
+      </c>
+      <c r="I16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M16" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="O16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W16" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA16" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AB16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE16" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AF16" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG16" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AH16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR16" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AS16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT16" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU16" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>1447Про внесення змін до рішення Коростенської міської ради (перша сесія VІІІ скликання друге пленарне засідання) «Про утворення постійних комісій Коростенської</t>
         </is>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F17" t="s">
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="G17" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H17" t="s">
-        <v>48</v>
+        <v>91</v>
+      </c>
+      <c r="I17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N17" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X17" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="Y17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD17" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AE17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM17" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AN17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT17" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU17" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" t="s" s="4">
+        <v>93</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" t="s">
+        <v>48</v>
+      </c>
+      <c r="H18" t="s">
         <v>49</v>
       </c>
-      <c r="C18" t="s" s="4">
-[...15 lines deleted...]
-        <v>10</v>
+      <c r="I18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N18" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AO18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT18" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU18" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>1453Про внесення змін до рішення Коростенської міської ради (перша сесія VІІІ скликання друге пленарне засідання) «Про утворення постійних комісій Коростенської</t>
         </is>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G19" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H19" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N19" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN19" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT19" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU19" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s" s="4">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F20" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="G20" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="H20" t="s">
-        <v>45</v>
+        <v>88</v>
+      </c>
+      <c r="I20" t="s" s="5">
+        <v>99</v>
+      </c>
+      <c r="J20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="K20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N20" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="S20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="V20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="X20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Y20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="Z20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AA20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB20" t="s" s="5">
+        <v>99</v>
+      </c>
+      <c r="AC20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AE20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AF20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AG20" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AH20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL20" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AM20" t="s" s="5">
+        <v>99</v>
+      </c>
+      <c r="AN20" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR20" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="AS20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT20" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU20" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>1458Про початок реорганізації Берестовецької, Бехівської, Васьковицької, Дідковицької, Каленської, Кожухівської, Малозубівщинської, Мединівської, Межиріцької,</t>
         </is>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="G21" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H21" t="s">
-        <v>14</v>
+        <v>55</v>
+      </c>
+      <c r="I21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M21" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N21" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P21" t="s" s="5">
+        <v>56</v>
+      </c>
+      <c r="Q21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG21" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="AH21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN21" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR21" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AS21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT21" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU21" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>1459Про внесення змін до відомостей в Єдиний державний реєстр юридичних осіб, фізичних осіб-підприємців та громадських формувань та затвердження переліку осіб, які</t>
         </is>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E22" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F22" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="G22" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H22" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M22" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N22" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN22" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT22" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU22" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="C23" t="s" s="4">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F23" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="G23" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H23" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M23" t="s" s="5">
+        <v>61</v>
+      </c>
+      <c r="N23" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN23" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT23" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU23" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>105</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>1461Про надання згоди на  безоплатне прийняття  об’єктів нерухомого та рухомого майна  із спільної власності  територіальних громад сіл Коростенського району  у</t>
         </is>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E24" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G24" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H24" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN24" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT24" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU24" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s" s="4">
-        <v>63</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E25" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G25" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H25" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N25" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN25" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT25" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU25" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="C26" t="s" s="4">
-        <v>65</v>
+        <v>109</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E26" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G26" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H26" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N26" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN26" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT26" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU26" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s" s="4">
-        <v>67</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E27" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G27" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H27" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N27" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN27" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT27" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU27" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="C28" t="s" s="4">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="E28" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G28" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H28" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N28" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN28" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT28" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU28" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s" s="4">
-        <v>71</v>
+        <v>115</v>
       </c>
       <c r="D29" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="E29" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G29" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H29" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="J29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="L29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N29" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="O29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="S29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="T29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="V29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Z29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AD29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AL29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AM29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AN29" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AO29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AP29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AQ29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AR29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AS29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AT29" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AU29" t="s" s="5">
+        <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
+      <c r="I30" t="s">
+        <v>116</v>
+      </c>
+      <c r="J30" t="s">
+        <v>116</v>
+      </c>
+      <c r="K30" t="s">
+        <v>116</v>
+      </c>
+      <c r="L30" t="s">
+        <v>117</v>
+      </c>
+      <c r="M30" t="s">
+        <v>118</v>
+      </c>
+      <c r="N30" t="s">
+        <v>119</v>
+      </c>
+      <c r="O30" t="s">
+        <v>120</v>
+      </c>
+      <c r="P30" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>117</v>
+      </c>
+      <c r="R30" t="s">
+        <v>121</v>
+      </c>
+      <c r="S30" t="s">
+        <v>120</v>
+      </c>
+      <c r="T30" t="s">
+        <v>117</v>
+      </c>
+      <c r="U30" t="s">
+        <v>120</v>
+      </c>
+      <c r="V30" t="s">
+        <v>116</v>
+      </c>
+      <c r="W30" t="s">
+        <v>97</v>
+      </c>
+      <c r="X30" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>116</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>116</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>120</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>116</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF30" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>123</v>
+      </c>
+      <c r="AH30" t="s">
+        <v>116</v>
+      </c>
+      <c r="AI30" t="s">
+        <v>120</v>
+      </c>
+      <c r="AJ30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>120</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>120</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>124</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>125</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT30" t="s">
+        <v>120</v>
+      </c>
+      <c r="AU30" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
+      <c r="I31" t="s">
+        <v>127</v>
+      </c>
+      <c r="J31" t="s">
+        <v>48</v>
+      </c>
+      <c r="K31" t="s">
+        <v>48</v>
+      </c>
+      <c r="L31" t="s">
+        <v>48</v>
+      </c>
+      <c r="M31" t="s">
+        <v>48</v>
+      </c>
+      <c r="N31" t="s">
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>48</v>
+      </c>
+      <c r="P31" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>48</v>
+      </c>
+      <c r="R31" t="s">
+        <v>48</v>
+      </c>
+      <c r="S31" t="s">
+        <v>48</v>
+      </c>
+      <c r="T31" t="s">
+        <v>48</v>
+      </c>
+      <c r="U31" t="s">
+        <v>48</v>
+      </c>
+      <c r="V31" t="s">
+        <v>48</v>
+      </c>
+      <c r="W31" t="s">
+        <v>48</v>
+      </c>
+      <c r="X31" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>127</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AT31" t="s">
+        <v>48</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
+      <c r="I32" t="s">
+        <v>128</v>
+      </c>
+      <c r="J32" t="s">
+        <v>129</v>
+      </c>
+      <c r="K32" t="s">
+        <v>128</v>
+      </c>
+      <c r="L32" t="s">
+        <v>129</v>
+      </c>
+      <c r="M32" t="s">
+        <v>129</v>
+      </c>
+      <c r="N32" t="s">
+        <v>129</v>
+      </c>
+      <c r="O32" t="s">
+        <v>129</v>
+      </c>
+      <c r="P32" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>129</v>
+      </c>
+      <c r="R32" t="s">
+        <v>128</v>
+      </c>
+      <c r="S32" t="s">
+        <v>129</v>
+      </c>
+      <c r="T32" t="s">
+        <v>129</v>
+      </c>
+      <c r="U32" t="s">
+        <v>129</v>
+      </c>
+      <c r="V32" t="s">
+        <v>130</v>
+      </c>
+      <c r="W32" t="s">
+        <v>130</v>
+      </c>
+      <c r="X32" t="s">
+        <v>128</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>129</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>128</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>131</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>132</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>130</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>130</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>129</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
+      <c r="I33" t="s">
+        <v>133</v>
+      </c>
+      <c r="J33" t="s">
+        <v>134</v>
+      </c>
+      <c r="K33" t="s">
+        <v>135</v>
+      </c>
+      <c r="L33" t="s">
+        <v>133</v>
+      </c>
+      <c r="M33" t="s">
+        <v>136</v>
+      </c>
+      <c r="N33" t="s">
+        <v>133</v>
+      </c>
+      <c r="O33" t="s">
+        <v>133</v>
+      </c>
+      <c r="P33" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>137</v>
+      </c>
+      <c r="R33" t="s">
+        <v>138</v>
+      </c>
+      <c r="S33" t="s">
+        <v>135</v>
+      </c>
+      <c r="T33" t="s">
+        <v>133</v>
+      </c>
+      <c r="U33" t="s">
+        <v>133</v>
+      </c>
+      <c r="V33" t="s">
+        <v>133</v>
+      </c>
+      <c r="W33" t="s">
+        <v>138</v>
+      </c>
+      <c r="X33" t="s">
+        <v>135</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>134</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>133</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>133</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>139</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>138</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>137</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>133</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>133</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>137</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>137</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>141</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>137</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>135</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
+      <c r="I34" t="s">
+        <v>142</v>
+      </c>
+      <c r="J34" t="s">
+        <v>142</v>
+      </c>
+      <c r="K34" t="s">
+        <v>142</v>
+      </c>
+      <c r="L34" t="s">
+        <v>142</v>
+      </c>
+      <c r="M34" t="s">
+        <v>142</v>
+      </c>
+      <c r="N34" t="s">
+        <v>143</v>
+      </c>
+      <c r="O34" t="s">
+        <v>144</v>
+      </c>
+      <c r="P34" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>144</v>
+      </c>
+      <c r="R34" t="s">
+        <v>142</v>
+      </c>
+      <c r="S34" t="s">
+        <v>142</v>
+      </c>
+      <c r="T34" t="s">
+        <v>142</v>
+      </c>
+      <c r="U34" t="s">
+        <v>144</v>
+      </c>
+      <c r="V34" t="s">
+        <v>142</v>
+      </c>
+      <c r="W34" t="s">
+        <v>142</v>
+      </c>
+      <c r="X34" t="s">
+        <v>142</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>142</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>145</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AD34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AE34" t="s">
+        <v>144</v>
+      </c>
+      <c r="AF34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AG34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AH34" t="s">
+        <v>145</v>
+      </c>
+      <c r="AI34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AJ34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AK34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AL34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>146</v>
+      </c>
+      <c r="AO34" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AQ34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS34" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT34" t="s">
+        <v>142</v>
+      </c>
+      <c r="AU34" t="s">
+        <v>142</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>